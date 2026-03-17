--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -242,51 +242,51 @@
   <c r="B52" i="1"/>
   <c r="A52" i="1"/>
   <c r="B43" i="1"/>
   <c r="A43" i="1"/>
   <c r="B33" i="1"/>
   <c r="A33" i="1"/>
   <c r="J43" i="1"/>
   <c r="I43" i="1"/>
   <c r="H43" i="1"/>
   <c r="G43" i="1"/>
   <c r="F43" i="1"/>
   <c r="B24" i="1"/>
   <c r="A24" i="1"/>
   <c r="B14" i="1"/>
   <c r="A14" i="1"/>
   <c r="L196" i="1" l="1"/>
   <c r="I196" i="1"/>
   <c r="F196" i="1"/>
   <c r="J196" i="1"/>
   <c r="H196" i="1"/>
   <c r="G196" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="152">
   <si>
     <t>Прием пищи</t>
   </si>
   <si>
     <t>Белки</t>
   </si>
   <si>
     <t>Жиры</t>
   </si>
   <si>
     <t>Углеводы</t>
   </si>
   <si>
     <t>Итого за день:</t>
   </si>
   <si>
     <t>Среднее значение за период:</t>
   </si>
   <si>
     <t>Типовое примерное меню приготавливаемых блюд</t>
   </si>
   <si>
     <t>Школа</t>
   </si>
   <si>
@@ -1297,70 +1297,70 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1643,108 +1643,108 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:L196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="4" ySplit="5" topLeftCell="E6" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="5" topLeftCell="E126" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="E8" sqref="E8"/>
+      <selection pane="bottomRight" activeCell="E120" sqref="E120"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="9.140625" style="1"/>
     <col min="4" max="4" width="11.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="52.5703125" style="2" customWidth="1"/>
     <col min="6" max="6" width="9.28515625" style="2" customWidth="1"/>
     <col min="7" max="7" width="10" style="2" customWidth="1"/>
     <col min="8" max="8" width="7.5703125" style="2" customWidth="1"/>
     <col min="9" max="9" width="6.85546875" style="2" customWidth="1"/>
     <col min="10" max="10" width="8.140625" style="2" customWidth="1"/>
     <col min="11" max="11" width="10" style="2" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C1" s="60" t="s">
+      <c r="C1" s="57" t="s">
         <v>151</v>
       </c>
-      <c r="D1" s="61"/>
-      <c r="E1" s="61"/>
+      <c r="D1" s="58"/>
+      <c r="E1" s="58"/>
       <c r="F1" s="12" t="s">
         <v>36</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="H1" s="62" t="s">
+      <c r="H1" s="59" t="s">
         <v>37</v>
       </c>
-      <c r="I1" s="62"/>
-[...1 lines deleted...]
-      <c r="K1" s="62"/>
+      <c r="I1" s="59"/>
+      <c r="J1" s="59"/>
+      <c r="K1" s="59"/>
     </row>
     <row r="2" spans="1:12" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="35" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2"/>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H2" s="62" t="s">
+      <c r="H2" s="59" t="s">
         <v>150</v>
       </c>
-      <c r="I2" s="62"/>
-[...1 lines deleted...]
-      <c r="K2" s="62"/>
+      <c r="I2" s="59"/>
+      <c r="J2" s="59"/>
+      <c r="K2" s="59"/>
     </row>
     <row r="3" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="3"/>
       <c r="E3" s="38" t="s">
         <v>9</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="47">
         <v>12</v>
       </c>
       <c r="I3" s="47">
         <v>1</v>
       </c>
       <c r="J3" s="48">
         <v>2026</v>
       </c>
       <c r="K3" s="49"/>
     </row>
     <row r="4" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
@@ -2281,54 +2281,54 @@
         <f t="shared" si="1"/>
         <v>24.3</v>
       </c>
       <c r="I23" s="19">
         <f t="shared" si="1"/>
         <v>100.80000000000001</v>
       </c>
       <c r="J23" s="19">
         <f t="shared" si="1"/>
         <v>717.4</v>
       </c>
       <c r="K23" s="25"/>
       <c r="L23" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="29">
         <f>A6</f>
         <v>1</v>
       </c>
       <c r="B24" s="30">
         <f>B6</f>
         <v>1</v>
       </c>
-      <c r="C24" s="57" t="s">
+      <c r="C24" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D24" s="58"/>
+      <c r="D24" s="61"/>
       <c r="E24" s="31"/>
       <c r="F24" s="32">
         <f>F13+F23</f>
         <v>1310</v>
       </c>
       <c r="G24" s="32">
         <f t="shared" ref="G24:J24" si="2">G13+G23</f>
         <v>42.3</v>
       </c>
       <c r="H24" s="32">
         <f t="shared" si="2"/>
         <v>43.9</v>
       </c>
       <c r="I24" s="32">
         <f t="shared" si="2"/>
         <v>180.8</v>
       </c>
       <c r="J24" s="32">
         <f t="shared" si="2"/>
         <v>1278.4000000000001</v>
       </c>
       <c r="K24" s="32"/>
       <c r="L24" s="32">
         <f t="shared" ref="L24" si="3">L13+L23</f>
         <v>286.3</v>
@@ -2815,54 +2815,54 @@
         <f t="shared" si="5"/>
         <v>24.6</v>
       </c>
       <c r="I42" s="19">
         <f t="shared" si="5"/>
         <v>102.30000000000001</v>
       </c>
       <c r="J42" s="19">
         <f t="shared" si="5"/>
         <v>705</v>
       </c>
       <c r="K42" s="25"/>
       <c r="L42" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A43" s="33">
         <f>A25</f>
         <v>1</v>
       </c>
       <c r="B43" s="33">
         <f>B25</f>
         <v>2</v>
       </c>
-      <c r="C43" s="57" t="s">
+      <c r="C43" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D43" s="58"/>
+      <c r="D43" s="61"/>
       <c r="E43" s="31"/>
       <c r="F43" s="32">
         <f>F32+F42</f>
         <v>1450</v>
       </c>
       <c r="G43" s="32">
         <f t="shared" ref="G43" si="6">G32+G42</f>
         <v>42.1</v>
       </c>
       <c r="H43" s="32">
         <f t="shared" ref="H43" si="7">H32+H42</f>
         <v>43.400000000000006</v>
       </c>
       <c r="I43" s="32">
         <f t="shared" ref="I43" si="8">I32+I42</f>
         <v>181.90000000000003</v>
       </c>
       <c r="J43" s="32">
         <f t="shared" ref="J43:L43" si="9">J32+J42</f>
         <v>1264</v>
       </c>
       <c r="K43" s="32"/>
       <c r="L43" s="32">
         <f t="shared" si="9"/>
         <v>286.3</v>
@@ -3351,54 +3351,54 @@
         <f t="shared" si="11"/>
         <v>24.8</v>
       </c>
       <c r="I61" s="19">
         <f t="shared" si="11"/>
         <v>101.9</v>
       </c>
       <c r="J61" s="19">
         <f t="shared" si="11"/>
         <v>720.8</v>
       </c>
       <c r="K61" s="25"/>
       <c r="L61" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="62" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A62" s="29">
         <f>A44</f>
         <v>1</v>
       </c>
       <c r="B62" s="30">
         <f>B44</f>
         <v>3</v>
       </c>
-      <c r="C62" s="57" t="s">
+      <c r="C62" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D62" s="58"/>
+      <c r="D62" s="61"/>
       <c r="E62" s="31"/>
       <c r="F62" s="32">
         <f>F51+F61</f>
         <v>1335</v>
       </c>
       <c r="G62" s="32">
         <f t="shared" ref="G62:L62" si="12">G51+G61</f>
         <v>42.2</v>
       </c>
       <c r="H62" s="32">
         <f t="shared" si="12"/>
         <v>43.600000000000009</v>
       </c>
       <c r="I62" s="32">
         <f t="shared" si="12"/>
         <v>189.8</v>
       </c>
       <c r="J62" s="32">
         <f t="shared" si="12"/>
         <v>1281.8</v>
       </c>
       <c r="K62" s="32"/>
       <c r="L62" s="32">
         <f t="shared" si="12"/>
         <v>286.3</v>
@@ -3869,54 +3869,54 @@
         <f t="shared" si="14"/>
         <v>24.800000000000004</v>
       </c>
       <c r="I80" s="19">
         <f t="shared" si="14"/>
         <v>105.5</v>
       </c>
       <c r="J80" s="19">
         <f t="shared" si="14"/>
         <v>731</v>
       </c>
       <c r="K80" s="25"/>
       <c r="L80" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="81" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A81" s="29">
         <f>A63</f>
         <v>1</v>
       </c>
       <c r="B81" s="30">
         <f>B63</f>
         <v>4</v>
       </c>
-      <c r="C81" s="57" t="s">
+      <c r="C81" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D81" s="58"/>
+      <c r="D81" s="61"/>
       <c r="E81" s="31"/>
       <c r="F81" s="32">
         <f>F70+F80</f>
         <v>1445</v>
       </c>
       <c r="G81" s="32">
         <f t="shared" ref="G81:L81" si="15">G70+G80</f>
         <v>43.1</v>
       </c>
       <c r="H81" s="32">
         <f t="shared" si="15"/>
         <v>44.2</v>
       </c>
       <c r="I81" s="32">
         <f t="shared" si="15"/>
         <v>185.1</v>
       </c>
       <c r="J81" s="32">
         <f t="shared" si="15"/>
         <v>1292</v>
       </c>
       <c r="K81" s="32"/>
       <c r="L81" s="32">
         <f t="shared" si="15"/>
         <v>286.3</v>
@@ -4389,54 +4389,54 @@
         <f t="shared" si="17"/>
         <v>24.8</v>
       </c>
       <c r="I99" s="19">
         <f t="shared" si="17"/>
         <v>101</v>
       </c>
       <c r="J99" s="19">
         <f t="shared" si="17"/>
         <v>714.8</v>
       </c>
       <c r="K99" s="25"/>
       <c r="L99" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="100" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A100" s="29">
         <f>A82</f>
         <v>1</v>
       </c>
       <c r="B100" s="30">
         <f>B82</f>
         <v>5</v>
       </c>
-      <c r="C100" s="57" t="s">
+      <c r="C100" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D100" s="58"/>
+      <c r="D100" s="61"/>
       <c r="E100" s="31"/>
       <c r="F100" s="32">
         <f>F89+F99</f>
         <v>1300</v>
       </c>
       <c r="G100" s="32">
         <f t="shared" ref="G100:L100" si="18">G89+G99</f>
         <v>43.400000000000006</v>
       </c>
       <c r="H100" s="32">
         <f t="shared" si="18"/>
         <v>44.5</v>
       </c>
       <c r="I100" s="32">
         <f t="shared" si="18"/>
         <v>181.60000000000002</v>
       </c>
       <c r="J100" s="32">
         <f t="shared" si="18"/>
         <v>1302.2</v>
       </c>
       <c r="K100" s="32"/>
       <c r="L100" s="32">
         <f t="shared" si="18"/>
         <v>286.3</v>
@@ -4909,54 +4909,54 @@
         <f t="shared" si="20"/>
         <v>24.1</v>
       </c>
       <c r="I118" s="19">
         <f t="shared" si="20"/>
         <v>103.60000000000001</v>
       </c>
       <c r="J118" s="19">
         <f t="shared" si="20"/>
         <v>718</v>
       </c>
       <c r="K118" s="25"/>
       <c r="L118" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="119" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A119" s="29">
         <f>A101</f>
         <v>2</v>
       </c>
       <c r="B119" s="30">
         <f>B101</f>
         <v>1</v>
       </c>
-      <c r="C119" s="57" t="s">
+      <c r="C119" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D119" s="58"/>
+      <c r="D119" s="61"/>
       <c r="E119" s="31"/>
       <c r="F119" s="32">
         <f>F108+F118</f>
         <v>1300</v>
       </c>
       <c r="G119" s="32">
         <f t="shared" ref="G119:L119" si="21">G108+G118</f>
         <v>41.8</v>
       </c>
       <c r="H119" s="32">
         <f t="shared" si="21"/>
         <v>42.9</v>
       </c>
       <c r="I119" s="32">
         <f t="shared" si="21"/>
         <v>183.60000000000002</v>
       </c>
       <c r="J119" s="32">
         <f t="shared" si="21"/>
         <v>1276.0999999999999</v>
       </c>
       <c r="K119" s="32"/>
       <c r="L119" s="32">
         <f t="shared" si="21"/>
         <v>286.3</v>
@@ -5243,53 +5243,51 @@
       </c>
       <c r="F130" s="51">
         <v>240</v>
       </c>
       <c r="G130" s="51">
         <v>13.9</v>
       </c>
       <c r="H130" s="51">
         <v>14.8</v>
       </c>
       <c r="I130" s="51">
         <v>23</v>
       </c>
       <c r="J130" s="52">
         <v>345.9</v>
       </c>
       <c r="K130" s="43">
         <v>258</v>
       </c>
       <c r="L130" s="42"/>
     </row>
     <row r="131" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A131" s="14"/>
       <c r="B131" s="15"/>
       <c r="C131" s="11"/>
-      <c r="D131" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D131" s="7"/>
       <c r="E131" s="50"/>
       <c r="F131" s="51"/>
       <c r="G131" s="51"/>
       <c r="H131" s="51"/>
       <c r="I131" s="51"/>
       <c r="J131" s="52"/>
       <c r="K131" s="43"/>
       <c r="L131" s="42"/>
     </row>
     <row r="132" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A132" s="14"/>
       <c r="B132" s="15"/>
       <c r="C132" s="11"/>
       <c r="D132" s="7" t="s">
         <v>29</v>
       </c>
       <c r="E132" s="50" t="s">
         <v>105</v>
       </c>
       <c r="F132" s="51">
         <v>200</v>
       </c>
       <c r="G132" s="51"/>
       <c r="H132" s="51">
         <v>0.3</v>
@@ -5413,54 +5411,54 @@
         <f t="shared" si="23"/>
         <v>24.8</v>
       </c>
       <c r="I137" s="19">
         <f t="shared" si="23"/>
         <v>101.80000000000001</v>
       </c>
       <c r="J137" s="19">
         <f t="shared" si="23"/>
         <v>735.19999999999993</v>
       </c>
       <c r="K137" s="25"/>
       <c r="L137" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="138" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A138" s="33">
         <f>A120</f>
         <v>2</v>
       </c>
       <c r="B138" s="33">
         <f>B120</f>
         <v>2</v>
       </c>
-      <c r="C138" s="57" t="s">
+      <c r="C138" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D138" s="58"/>
+      <c r="D138" s="61"/>
       <c r="E138" s="31"/>
       <c r="F138" s="32">
         <f>F127+F137</f>
         <v>1265</v>
       </c>
       <c r="G138" s="32">
         <f t="shared" ref="G138:L138" si="24">G127+G137</f>
         <v>42.7</v>
       </c>
       <c r="H138" s="32">
         <f t="shared" si="24"/>
         <v>43.8</v>
       </c>
       <c r="I138" s="32">
         <f t="shared" si="24"/>
         <v>182.8</v>
       </c>
       <c r="J138" s="32">
         <f t="shared" si="24"/>
         <v>1304.1999999999998</v>
       </c>
       <c r="K138" s="32"/>
       <c r="L138" s="32">
         <f t="shared" si="24"/>
         <v>286.3</v>
@@ -5931,54 +5929,54 @@
         <f t="shared" si="26"/>
         <v>23.8</v>
       </c>
       <c r="I156" s="19">
         <f t="shared" si="26"/>
         <v>105.1</v>
       </c>
       <c r="J156" s="19">
         <f t="shared" si="26"/>
         <v>730.4</v>
       </c>
       <c r="K156" s="25"/>
       <c r="L156" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="157" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A157" s="29">
         <f>A139</f>
         <v>2</v>
       </c>
       <c r="B157" s="30">
         <f>B139</f>
         <v>3</v>
       </c>
-      <c r="C157" s="57" t="s">
+      <c r="C157" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D157" s="58"/>
+      <c r="D157" s="61"/>
       <c r="E157" s="31"/>
       <c r="F157" s="32">
         <f>F146+F156</f>
         <v>1415</v>
       </c>
       <c r="G157" s="32">
         <f t="shared" ref="G157:L157" si="27">G146+G156</f>
         <v>42.7</v>
       </c>
       <c r="H157" s="32">
         <f t="shared" si="27"/>
         <v>43.2</v>
       </c>
       <c r="I157" s="32">
         <f t="shared" si="27"/>
         <v>185.1</v>
       </c>
       <c r="J157" s="32">
         <f t="shared" si="27"/>
         <v>1317.4</v>
       </c>
       <c r="K157" s="32"/>
       <c r="L157" s="32">
         <f t="shared" si="27"/>
         <v>286.3</v>
@@ -6449,54 +6447,54 @@
         <f t="shared" si="29"/>
         <v>24</v>
       </c>
       <c r="I175" s="19">
         <f t="shared" si="29"/>
         <v>103</v>
       </c>
       <c r="J175" s="19">
         <f t="shared" si="29"/>
         <v>739.99999999999989</v>
       </c>
       <c r="K175" s="25"/>
       <c r="L175" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="176" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A176" s="29">
         <f>A158</f>
         <v>2</v>
       </c>
       <c r="B176" s="30">
         <f>B158</f>
         <v>4</v>
       </c>
-      <c r="C176" s="57" t="s">
+      <c r="C176" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D176" s="58"/>
+      <c r="D176" s="61"/>
       <c r="E176" s="31"/>
       <c r="F176" s="32">
         <f>F165+F175</f>
         <v>1270</v>
       </c>
       <c r="G176" s="32">
         <f t="shared" ref="G176:L176" si="30">G165+G175</f>
         <v>43.1</v>
       </c>
       <c r="H176" s="32">
         <f t="shared" si="30"/>
         <v>42.9</v>
       </c>
       <c r="I176" s="32">
         <f t="shared" si="30"/>
         <v>183</v>
       </c>
       <c r="J176" s="32">
         <f t="shared" si="30"/>
         <v>1299</v>
       </c>
       <c r="K176" s="32"/>
       <c r="L176" s="32">
         <f t="shared" si="30"/>
         <v>286.3</v>
@@ -6967,131 +6965,131 @@
         <f t="shared" si="32"/>
         <v>24</v>
       </c>
       <c r="I194" s="19">
         <f t="shared" si="32"/>
         <v>104</v>
       </c>
       <c r="J194" s="19">
         <f t="shared" si="32"/>
         <v>706</v>
       </c>
       <c r="K194" s="25"/>
       <c r="L194" s="19">
         <v>171.8</v>
       </c>
     </row>
     <row r="195" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A195" s="29">
         <f>A177</f>
         <v>2</v>
       </c>
       <c r="B195" s="30">
         <f>B177</f>
         <v>5</v>
       </c>
-      <c r="C195" s="57" t="s">
+      <c r="C195" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D195" s="58"/>
+      <c r="D195" s="61"/>
       <c r="E195" s="31"/>
       <c r="F195" s="32">
         <f>F184+F194</f>
         <v>1345</v>
       </c>
       <c r="G195" s="32">
         <f t="shared" ref="G195:L195" si="33">G184+G194</f>
         <v>42.7</v>
       </c>
       <c r="H195" s="32">
         <f t="shared" si="33"/>
         <v>43.7</v>
       </c>
       <c r="I195" s="32">
         <f t="shared" si="33"/>
         <v>187</v>
       </c>
       <c r="J195" s="32">
         <f t="shared" si="33"/>
         <v>1275.9000000000001</v>
       </c>
       <c r="K195" s="32"/>
       <c r="L195" s="32">
         <f t="shared" si="33"/>
         <v>286.3</v>
       </c>
     </row>
     <row r="196" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A196" s="27"/>
       <c r="B196" s="28"/>
-      <c r="C196" s="59" t="s">
+      <c r="C196" s="62" t="s">
         <v>5</v>
       </c>
-      <c r="D196" s="59"/>
-      <c r="E196" s="59"/>
+      <c r="D196" s="62"/>
+      <c r="E196" s="62"/>
       <c r="F196" s="34">
         <f>(F24+F43+F62+F81+F100+F119+F138+F157+F176+F195)/(IF(F24=0,0,1)+IF(F43=0,0,1)+IF(F62=0,0,1)+IF(F81=0,0,1)+IF(F100=0,0,1)+IF(F119=0,0,1)+IF(F138=0,0,1)+IF(F157=0,0,1)+IF(F176=0,0,1)+IF(F195=0,0,1))</f>
         <v>1343.5</v>
       </c>
       <c r="G196" s="34">
         <f t="shared" ref="G196:J196" si="34">(G24+G43+G62+G81+G100+G119+G138+G157+G176+G195)/(IF(G24=0,0,1)+IF(G43=0,0,1)+IF(G62=0,0,1)+IF(G81=0,0,1)+IF(G100=0,0,1)+IF(G119=0,0,1)+IF(G138=0,0,1)+IF(G157=0,0,1)+IF(G176=0,0,1)+IF(G195=0,0,1))</f>
         <v>42.61</v>
       </c>
       <c r="H196" s="34">
         <f t="shared" si="34"/>
         <v>43.61</v>
       </c>
       <c r="I196" s="34">
         <f t="shared" si="34"/>
         <v>184.07</v>
       </c>
       <c r="J196" s="34">
         <f t="shared" si="34"/>
         <v>1289.0999999999999</v>
       </c>
       <c r="K196" s="34"/>
       <c r="L196" s="34">
         <f t="shared" ref="L196" si="35">(L24+L43+L62+L81+L100+L119+L138+L157+L176+L195)/(IF(L24=0,0,1)+IF(L43=0,0,1)+IF(L62=0,0,1)+IF(L81=0,0,1)+IF(L100=0,0,1)+IF(L119=0,0,1)+IF(L138=0,0,1)+IF(L157=0,0,1)+IF(L176=0,0,1)+IF(L195=0,0,1))</f>
         <v>286.30000000000007</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
-    <mergeCell ref="C1:E1"/>
-[...3 lines deleted...]
-    <mergeCell ref="C62:D62"/>
     <mergeCell ref="C81:D81"/>
     <mergeCell ref="C100:D100"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="C196:E196"/>
     <mergeCell ref="C195:D195"/>
     <mergeCell ref="C119:D119"/>
     <mergeCell ref="C138:D138"/>
     <mergeCell ref="C157:D157"/>
     <mergeCell ref="C176:D176"/>
+    <mergeCell ref="C1:E1"/>
+    <mergeCell ref="H1:K1"/>
+    <mergeCell ref="H2:K2"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="C62:D62"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>