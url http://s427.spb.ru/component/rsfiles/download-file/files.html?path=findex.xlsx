--- v2 (2026-02-01)
+++ v3 (2026-03-20)
@@ -168,60 +168,60 @@
   <si>
     <t>https://s427.spb.ru/images/Documents/Pitanie/Диетическое%20цикличное%20двухнедельное%20меню%20рационов%20горячего%20питания%20для%20предоставления%20питания%20учащихся%20в%20возрасте%2012-18%20лет.pdf</t>
   </si>
   <si>
     <t>https://s427.spb.ru/attachments/article/180/Приложение%20график%20посещения%20родительского%20контроля.pdf</t>
   </si>
   <si>
     <t>Диетическое меню рационов 1-4 кл.</t>
   </si>
   <si>
     <t>Диетическое меню рационов 5-11 кл.</t>
   </si>
   <si>
     <t>https://vk.com/uspitspb</t>
   </si>
   <si>
     <t>https://s427.spb.ru/attachments/article/180/Анкета%20школьника.pdf</t>
   </si>
   <si>
     <t>https://s427.spb.ru/images/Documents/Pitanie/%D0%A6%D0%B8%D0%BA%D0%BB%D0%B8%D1%87%D0%BD%D0%BE%D0%B5%20%D0%BC%D0%B5%D0%BD%D1%8E%20%D1%80%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BE%D0%B2%20%D0%B3%D0%BE%D1%80%D1%8F%D1%87%D0%B5%D0%B3%D0%BE%20%D0%BF%D0%B8%D1%82%D0%B0%D0%BD%D0%B8%D1%8F%207-11%20%D0%BB%D0%B5%D1%82%20%D1%81%20%D0%BF%D0%B8%D1%89%D0%B5%D0%B2%D0%BE%D0%B9%20%D0%B0%D0%BB%D0%BB%D0%B5%D1%80%D0%B3%D0%B8%D0%B5%D0%B9.pdf</t>
   </si>
   <si>
     <t>Цикличное меню рационов (пищевая аллергия)</t>
   </si>
   <si>
-    <t>https://s427.spb.ru/attachments/article/180/%D0%90%D0%BA%D1%82%20%D0%BF%D1%80%D0%BE%D0%B2%D0%B5%D1%80%D0%BA%D0%B8%20%D0%BF%D0%BE%20%D1%80%D0%B5%D0%B7%D1%83%D0%BB%D1%8C%D1%82%D0%B0%D1%82%D0%BC%20%D1%80%D0%B0%D0%B1%D0%BE%D1%82%D1%8B%20%D0%BA%D0%BE%D0%BC%D0%B8%D1%81%D1%81%D0%B8%D0%B8%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D1%82%D1%80%D0%BE%D0%BB%D1%8E%20%D0%B7%D0%B0%20%D0%BA%D0%B0%D1%87%D0%B5%D1%81%D1%82%D0%B2%D0%BE%D0%BC%20%D0%BE%D1%80%D0%B3%D0%B0%D0%BD%D0%B8%D0%B7%D0%B0%D1%86%D0%B8%D0%B8%20%D0%BF%D0%B8%D1%82%D0%B0%D0%BD%D0%B8%D1%8F.pdf</t>
-[...8 lines deleted...]
-    <t>https://s427.spb.ru/svedeniya-ob-oo/organizatsiya-pitaniya.html#galleryc47f1a2eee-4</t>
+    <t>https://s427.spb.ru/school/novosti-shkoly/2527-vkusnyj-i-poleznyj-zavtrak-roditelskij-kontrol.html</t>
+  </si>
+  <si>
+    <t>https://s427.spb.ru/</t>
+  </si>
+  <si>
+    <t>https://s427.spb.ru/attachments/article/180/%D0%90%D0%BA%D1%82%20%D0%BF%D1%80%D0%BE%D0%B2%D0%B5%D1%80%D0%BA%D0%B8%20%D0%BF%D0%BE%20%D1%80%D0%B5%D0%B7%D1%83%D0%BB%D1%8C%D1%82%D0%B0%D1%82%D0%B0%D0%BC%20%D1%80%D0%B0%D0%B1%D0%BE%D1%82%D1%8B%20%D0%BA%D0%BE%D0%BC%D0%B8%D1%81%D1%81%D0%B8%D0%B8%20%D0%BF%D0%BE%20%D0%BA%D0%BE%D0%BD%D1%82%D1%80%D0%BE%D0%BB%D1%8E%20%D0%B7%D0%B0%20%D0%BA%D0%B0%D1%87%D0%B5%D1%81%D1%82%D0%B2%D0%BE%D0%BC%20%D0%BE%D1%80%D0%B3%D0%B0%D0%BD%D0%B8%D0%B7%D0%B0%D1%86%D0%B8%D0%B8%20%D0%BF%D0%B8%D1%82%D0%B0%D0%BD%D0%B8%D1%8F.pdf</t>
+  </si>
+  <si>
+    <t>https://s427.spb.ru/#gallery97a7e6b0d0-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
@@ -947,72 +947,72 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AMJ32"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C32" sqref="C32"/>
+      <selection pane="bottomLeft" activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="26.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="56" style="1" customWidth="1"/>
     <col min="4" max="4" width="45" style="2" customWidth="1"/>
     <col min="5" max="1024" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="41" t="s">
         <v>36</v>
       </c>
       <c r="C1" s="41"/>
       <c r="D1" s="38">
-        <v>46051</v>
+        <v>46080</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="51" x14ac:dyDescent="0.25">
       <c r="A4" s="8">
         <v>1</v>
       </c>
@@ -1192,97 +1192,97 @@
       <c r="A20" s="15"/>
       <c r="B20" s="18" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
         <v>5</v>
       </c>
       <c r="B21" s="22" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="23"/>
       <c r="D21" s="24"/>
     </row>
     <row r="22" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A22" s="15"/>
       <c r="B22" s="31" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="27" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D22" s="14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A23" s="19"/>
       <c r="B23" s="32" t="s">
         <v>24</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D23" s="21" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="15">
         <v>6</v>
       </c>
       <c r="B24" s="22" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="23"/>
       <c r="D24" s="24"/>
     </row>
     <row r="25" spans="1:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="15"/>
       <c r="B25" s="31" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="27" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D25" s="33" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A26" s="15"/>
       <c r="B26" s="31" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D26" s="10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
         <v>7</v>
       </c>
       <c r="B27" s="22" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="23"/>
       <c r="D27" s="24"/>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="15"/>
       <c r="B28" s="34" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="40" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="35" t="s">
         <v>33</v>